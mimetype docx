--- v0 (2025-10-04)
+++ v1 (2025-12-26)
@@ -11,51 +11,51 @@
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="7D07FF9B" w14:textId="74B70613" w:rsidR="00AD2237" w:rsidRDefault="00AD2237" w:rsidP="000D312B">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00435725">
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="00384CD7">
         <w:t>dditional Information</w:t>
       </w:r>
       <w:r w:rsidRPr="00435725">
         <w:t xml:space="preserve"> for Development Approval</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-142" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5248"/>
@@ -214,50 +214,51 @@
                   <w:r w:rsidRPr="00DE77BF">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                     <w:t>Assessment number:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:sdt>
                 <w:sdtPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:id w:val="365107805"/>
                   <w:placeholder>
                     <w:docPart w:val="C02D8D6526FE446AA3196DE0A49A4D93"/>
                   </w:placeholder>
                   <w:showingPlcHdr/>
                 </w:sdtPr>
+                <w:sdtEndPr/>
                 <w:sdtContent>
                   <w:tc>
                     <w:tcPr>
                       <w:tcW w:w="2990" w:type="dxa"/>
                     </w:tcPr>
                     <w:p w14:paraId="066D3B0A" w14:textId="430C20F4" w:rsidR="00DE77BF" w:rsidRPr="00EE0312" w:rsidRDefault="00EE0312" w:rsidP="00EE0312">
                       <w:pPr>
                         <w:spacing w:before="60" w:after="60"/>
                         <w:jc w:val="both"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00EE0312">
                         <w:rPr>
                           <w:rStyle w:val="PlaceholderText"/>
                           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t>enter text here</w:t>
                       </w:r>
@@ -305,50 +306,51 @@
                   <w:r w:rsidRPr="00DE77BF">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> number:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:sdt>
                 <w:sdtPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:id w:val="154193197"/>
                   <w:placeholder>
                     <w:docPart w:val="DFA3F78878D946CFAC1BED795B99B337"/>
                   </w:placeholder>
                   <w:showingPlcHdr/>
                 </w:sdtPr>
+                <w:sdtEndPr/>
                 <w:sdtContent>
                   <w:tc>
                     <w:tcPr>
                       <w:tcW w:w="2990" w:type="dxa"/>
                     </w:tcPr>
                     <w:p w14:paraId="5B05A17A" w14:textId="6941C456" w:rsidR="00DE77BF" w:rsidRPr="00EE0312" w:rsidRDefault="00365FF8" w:rsidP="00EE0312">
                       <w:pPr>
                         <w:spacing w:before="60" w:after="60"/>
                         <w:jc w:val="both"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00EE0312">
                         <w:rPr>
                           <w:rStyle w:val="PlaceholderText"/>
                           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t>enter text here</w:t>
                       </w:r>
@@ -655,50 +657,51 @@
               </w:rPr>
               <w:t>due by:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:id w:val="1883978929"/>
             <w:placeholder>
               <w:docPart w:val="23599A3E6FFB484E8470962FDA8F8FCD"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:date>
               <w:dateFormat w:val="d/MM/yyyy"/>
               <w:lid w:val="en-AU"/>
               <w:storeMappedDataAs w:val="dateTime"/>
               <w:calendar w:val="gregorian"/>
             </w:date>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2977" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="642E4B40" w14:textId="119602A3" w:rsidR="000E2D0F" w:rsidRPr="00002D54" w:rsidRDefault="00365FF8" w:rsidP="007D45B2">
                 <w:pPr>
                   <w:spacing w:before="100" w:after="100"/>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:b/>
                     <w:bCs/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00E031FF">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>enter a date</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
@@ -866,167 +869,95 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="51A2C2FC" w14:textId="0C5B9282" w:rsidR="00A00C29" w:rsidRDefault="00002D54" w:rsidP="00496A55">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:spacing w:after="100"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Adjoining property owner(s) details</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1696"/>
-        <w:gridCol w:w="1843"/>
-        <w:gridCol w:w="1843"/>
+        <w:gridCol w:w="3686"/>
         <w:gridCol w:w="1984"/>
         <w:gridCol w:w="3101"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00002D54" w14:paraId="7E17A127" w14:textId="77777777" w:rsidTr="000E2D0F">
-[...69 lines deleted...]
-      </w:tr>
       <w:tr w:rsidR="006F1C29" w14:paraId="475C09EF" w14:textId="77777777" w:rsidTr="009A1F32">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1696" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="5C4604C0" w14:textId="130A5DA9" w:rsidR="006F1C29" w:rsidRPr="00C165EE" w:rsidRDefault="006F1C29" w:rsidP="00365FF8">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C165EE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Lot No:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:id w:val="693348687"/>
             <w:placeholder>
               <w:docPart w:val="DCE9F5D51B364E18A851FE90913787BD"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="3686" w:type="dxa"/>
-                <w:gridSpan w:val="2"/>
               </w:tcPr>
               <w:p w14:paraId="6ED50321" w14:textId="7F2A035C" w:rsidR="006F1C29" w:rsidRPr="00C165EE" w:rsidRDefault="00EE0312" w:rsidP="00365FF8">
                 <w:pPr>
                   <w:spacing w:before="60" w:after="60"/>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00E031FF">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>enter text</w:t>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t xml:space="preserve"> here</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
@@ -1044,125 +975,127 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C165EE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>House/Street No:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:id w:val="1583644346"/>
             <w:placeholder>
               <w:docPart w:val="5E5ACED0443C4ACEB9DAE5AB3F2C8257"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="3101" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="1C4CA482" w14:textId="68F74AA1" w:rsidR="006F1C29" w:rsidRPr="00C165EE" w:rsidRDefault="00365FF8" w:rsidP="00365FF8">
                 <w:pPr>
                   <w:spacing w:before="60" w:after="60"/>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00E031FF">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>enter text</w:t>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t xml:space="preserve"> here</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00002D54" w14:paraId="113CA579" w14:textId="77777777" w:rsidTr="009A1F32">
+      <w:tr w:rsidR="00002D54" w14:paraId="113CA579" w14:textId="77777777" w:rsidTr="009E5F3B">
         <w:trPr>
-          <w:trHeight w:val="486"/>
+          <w:trHeight w:val="322"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1696" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="3D11964F" w14:textId="5BF01DEB" w:rsidR="00002D54" w:rsidRDefault="00002D54" w:rsidP="00365FF8">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Street name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:id w:val="1347373426"/>
             <w:placeholder>
               <w:docPart w:val="7B9DA0BBE7914809851A91852F2766DD"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="8771" w:type="dxa"/>
-                <w:gridSpan w:val="4"/>
+                <w:gridSpan w:val="3"/>
               </w:tcPr>
               <w:p w14:paraId="74844449" w14:textId="27DF43A3" w:rsidR="00002D54" w:rsidRDefault="00365FF8" w:rsidP="00365FF8">
                 <w:pPr>
                   <w:spacing w:before="60" w:after="60"/>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00E031FF">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>enter text</w:t>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t xml:space="preserve"> here</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
@@ -1186,55 +1119,55 @@
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_Hlk178144364"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Suburb:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:id w:val="-382948006"/>
             <w:placeholder>
               <w:docPart w:val="9F2C05299D4F455BAA13A6F206D13D17"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="3686" w:type="dxa"/>
-                <w:gridSpan w:val="2"/>
               </w:tcPr>
               <w:p w14:paraId="35FBA088" w14:textId="1B8B02F0" w:rsidR="00002D54" w:rsidRDefault="00365FF8" w:rsidP="00365FF8">
                 <w:pPr>
                   <w:spacing w:before="60" w:after="60"/>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00E031FF">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>enter text</w:t>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t xml:space="preserve"> here</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
@@ -1252,315 +1185,226 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Postcode:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:id w:val="2061901197"/>
             <w:placeholder>
               <w:docPart w:val="A6D0332ACD1E4BF7AC57A16A43F94B8C"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="3101" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="68DE1C9F" w14:textId="5F388EF5" w:rsidR="00002D54" w:rsidRDefault="00365FF8" w:rsidP="00365FF8">
                 <w:pPr>
                   <w:spacing w:before="60" w:after="60"/>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00E031FF">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>enter text</w:t>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t xml:space="preserve"> here</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:bookmarkEnd w:id="0"/>
-      <w:tr w:rsidR="009A1F32" w14:paraId="1AF522C0" w14:textId="77777777" w:rsidTr="00E629E1">
+      <w:tr w:rsidR="009E5F3B" w14:paraId="1AF522C0" w14:textId="77777777" w:rsidTr="00CA7F65">
         <w:trPr>
           <w:trHeight w:val="723"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1696" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="013B086F" w14:textId="3008197D" w:rsidR="009A1F32" w:rsidRPr="009A1B29" w:rsidRDefault="009A1F32" w:rsidP="00365FF8">
+          <w:p w14:paraId="013B086F" w14:textId="3008197D" w:rsidR="009E5F3B" w:rsidRPr="009A1B29" w:rsidRDefault="009E5F3B" w:rsidP="00365FF8">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:right="-109"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A1B29">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Postal address:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="8771" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="50BF29A5" w14:textId="1F0013D9" w:rsidR="009A1F32" w:rsidRPr="00C165EE" w:rsidRDefault="00E629E1" w:rsidP="00365FF8">
-[...3 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:sdt>
+            <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...27 lines deleted...]
-              <w:p w14:paraId="6CF5561A" w14:textId="4E057B8E" w:rsidR="009A1F32" w:rsidRPr="00E629E1" w:rsidRDefault="00365FF8" w:rsidP="00365FF8">
+              <w:id w:val="523287237"/>
+              <w:placeholder>
+                <w:docPart w:val="1CD1D4BC0F754C889302D592A7DCE8ED"/>
+              </w:placeholder>
+              <w:showingPlcHdr/>
+            </w:sdtPr>
+            <w:sdtEndPr/>
+            <w:sdtContent>
+              <w:p w14:paraId="6CF5561A" w14:textId="78F79DA1" w:rsidR="009E5F3B" w:rsidRPr="00E629E1" w:rsidRDefault="009E5F3B" w:rsidP="00365FF8">
                 <w:pPr>
                   <w:spacing w:before="60" w:after="60"/>
                   <w:ind w:left="30"/>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00E031FF">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>enter text</w:t>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t xml:space="preserve"> here</w:t>
                 </w:r>
               </w:p>
-            </w:tc>
-[...1 lines deleted...]
-        </w:sdt>
+            </w:sdtContent>
+          </w:sdt>
+        </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="149B85EF" w14:textId="77777777" w:rsidR="00B156D5" w:rsidRDefault="00B156D5" w:rsidP="00F408C3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6EB3E7D9" w14:textId="169A1AC5" w:rsidR="00B156D5" w:rsidRDefault="00B156D5" w:rsidP="00496A55">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:spacing w:after="100"/>
       </w:pPr>
       <w:r>
         <w:t>Location of proposed development</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1809"/>
         <w:gridCol w:w="3573"/>
         <w:gridCol w:w="1984"/>
         <w:gridCol w:w="3101"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B156D5" w14:paraId="79203458" w14:textId="77777777" w:rsidTr="007D45B2">
-[...66 lines deleted...]
-      </w:tr>
       <w:tr w:rsidR="00B156D5" w14:paraId="22148645" w14:textId="77777777" w:rsidTr="007D45B2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1809" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="63851E36" w14:textId="77777777" w:rsidR="00B156D5" w:rsidRPr="00C165EE" w:rsidRDefault="00B156D5" w:rsidP="00365FF8">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C165EE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Lot No:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:id w:val="2005461981"/>
             <w:placeholder>
               <w:docPart w:val="335BD09222374BBDBC520158DB2702C1"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="3573" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="04E4DC68" w14:textId="6950C51A" w:rsidR="00B156D5" w:rsidRPr="00C165EE" w:rsidRDefault="00365FF8" w:rsidP="00365FF8">
                 <w:pPr>
                   <w:spacing w:before="60" w:after="60"/>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00E031FF">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>enter text</w:t>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t xml:space="preserve"> here</w:t>
@@ -1582,120 +1426,122 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C165EE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>House/Street No:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:id w:val="-401523891"/>
             <w:placeholder>
               <w:docPart w:val="2D056D99ED4A4B2280E8DF6647AB0DFA"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="3101" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="18056586" w14:textId="3A4E8796" w:rsidR="00B156D5" w:rsidRPr="00C165EE" w:rsidRDefault="00365FF8" w:rsidP="00365FF8">
                 <w:pPr>
                   <w:spacing w:before="60" w:after="60"/>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00E031FF">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>enter text</w:t>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t xml:space="preserve"> here</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00B156D5" w14:paraId="7C5DACDD" w14:textId="77777777" w:rsidTr="007D45B2">
+      <w:tr w:rsidR="00B156D5" w14:paraId="7C5DACDD" w14:textId="77777777" w:rsidTr="009E5F3B">
         <w:trPr>
-          <w:trHeight w:val="486"/>
+          <w:trHeight w:val="391"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1809" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="086FCE93" w14:textId="77777777" w:rsidR="00B156D5" w:rsidRDefault="00B156D5" w:rsidP="00365FF8">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Street name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:id w:val="1662807901"/>
             <w:placeholder>
               <w:docPart w:val="2A5CC039EAC04AA197842364BE1EA03A"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="8658" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
               </w:tcPr>
               <w:p w14:paraId="44549825" w14:textId="0A66737A" w:rsidR="00B156D5" w:rsidRDefault="00365FF8" w:rsidP="00365FF8">
                 <w:pPr>
                   <w:spacing w:before="60" w:after="60"/>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00E031FF">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>enter text</w:t>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
@@ -1723,50 +1569,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Suburb:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:id w:val="-875232890"/>
             <w:placeholder>
               <w:docPart w:val="5BEFFB88A8B2439AA004D912C68C14BD"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="3573" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="72613BCF" w14:textId="281D45B7" w:rsidR="00B156D5" w:rsidRDefault="00365FF8" w:rsidP="00365FF8">
                 <w:pPr>
                   <w:spacing w:before="60" w:after="60"/>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00E031FF">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>enter text</w:t>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t xml:space="preserve"> here</w:t>
@@ -1788,50 +1635,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Postcode:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:id w:val="-1619059212"/>
             <w:placeholder>
               <w:docPart w:val="73918D97E35A47E0AA92440520C3BB90"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="3101" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="1F457F2A" w14:textId="04E04672" w:rsidR="00B156D5" w:rsidRDefault="00365FF8" w:rsidP="00365FF8">
                 <w:pPr>
                   <w:spacing w:before="60" w:after="60"/>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00E031FF">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>enter text</w:t>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t xml:space="preserve"> here</w:t>
@@ -1904,56 +1752,56 @@
         <w:tblW w:w="10522" w:type="dxa"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="709"/>
         <w:gridCol w:w="9813"/>
       </w:tblGrid>
       <w:tr w:rsidR="000E33DB" w14:paraId="7AC0B5E3" w14:textId="77777777" w:rsidTr="000E33DB">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:id w:val="1207067675"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="709" w:type="dxa"/>
                 <w:vMerge w:val="restart"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               </w:tcPr>
               <w:p w14:paraId="4646A4BE" w14:textId="532E44FC" w:rsidR="000E33DB" w:rsidRDefault="000E33DB" w:rsidP="007D45B2">
                 <w:pPr>
                   <w:spacing w:before="100" w:after="100"/>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="000E33DB">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="40"/>
                     <w:szCs w:val="40"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
@@ -1965,75 +1813,75 @@
               <w:spacing w:before="100" w:after="100"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Scheme variation or use proposed</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000E33DB" w14:paraId="6637D48F" w14:textId="77777777" w:rsidTr="000E33DB">
         <w:trPr>
           <w:trHeight w:val="1545"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4C09FC68" w14:textId="77777777" w:rsidR="000E33DB" w:rsidRPr="00C165EE" w:rsidRDefault="000E33DB" w:rsidP="007D45B2">
             <w:pPr>
               <w:spacing w:before="100" w:after="100"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:id w:val="-1426259296"/>
             <w:placeholder>
               <w:docPart w:val="5017122D6CE04B999CB56E0832784E32"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="9813" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="47C83220" w14:textId="2028D675" w:rsidR="000E33DB" w:rsidRPr="00B33467" w:rsidRDefault="000E33DB" w:rsidP="00B33467">
                 <w:pPr>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00B33467">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>enter text here</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
@@ -2055,56 +1903,56 @@
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="709"/>
         <w:gridCol w:w="9816"/>
       </w:tblGrid>
       <w:tr w:rsidR="000E33DB" w14:paraId="2E0AA8AA" w14:textId="77777777" w:rsidTr="000E33DB">
         <w:trPr>
           <w:trHeight w:val="457"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="40"/>
               <w:szCs w:val="40"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:id w:val="-502356839"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="709" w:type="dxa"/>
                 <w:vMerge w:val="restart"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               </w:tcPr>
               <w:p w14:paraId="04BBBF8C" w14:textId="710257B8" w:rsidR="000E33DB" w:rsidRPr="00B33467" w:rsidRDefault="00EE0312" w:rsidP="007D45B2">
                 <w:pPr>
                   <w:spacing w:before="100" w:after="100"/>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="40"/>
                     <w:szCs w:val="40"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="40"/>
                     <w:szCs w:val="40"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
@@ -2118,75 +1966,75 @@
               <w:spacing w:before="100" w:after="100"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Policy variation</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000E33DB" w14:paraId="02F06378" w14:textId="77777777" w:rsidTr="000E33DB">
         <w:trPr>
           <w:trHeight w:val="1480"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4D5A7209" w14:textId="77777777" w:rsidR="000E33DB" w:rsidRPr="00C165EE" w:rsidRDefault="000E33DB" w:rsidP="007D45B2">
             <w:pPr>
               <w:spacing w:before="100" w:after="100"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:id w:val="-533271546"/>
             <w:placeholder>
               <w:docPart w:val="93878BA643E542BAA94262154A0BAA52"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="9816" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="69F54F4E" w14:textId="1BF87642" w:rsidR="000E33DB" w:rsidRPr="00C165EE" w:rsidRDefault="00B33467" w:rsidP="00B33467">
                 <w:pPr>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00E031FF">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>enter text</w:t>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t xml:space="preserve"> here</w:t>
                 </w:r>
@@ -2214,56 +2062,56 @@
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="709"/>
         <w:gridCol w:w="9786"/>
       </w:tblGrid>
       <w:tr w:rsidR="000E33DB" w14:paraId="744FDC82" w14:textId="77777777" w:rsidTr="000E33DB">
         <w:trPr>
           <w:trHeight w:val="430"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="40"/>
               <w:szCs w:val="40"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:id w:val="1794172126"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="709" w:type="dxa"/>
                 <w:vMerge w:val="restart"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               </w:tcPr>
               <w:p w14:paraId="098C091E" w14:textId="7C13D735" w:rsidR="000E33DB" w:rsidRPr="00B33467" w:rsidRDefault="00B33467" w:rsidP="007D45B2">
                 <w:pPr>
                   <w:spacing w:before="100" w:after="100"/>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="40"/>
                     <w:szCs w:val="40"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="40"/>
                     <w:szCs w:val="40"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
@@ -2304,75 +2152,75 @@
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>list design principle being varied</w:t>
             </w:r>
             <w:r w:rsidRPr="00F674EA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> – visual privacy, lot boundary setback etc)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000E33DB" w14:paraId="334EC417" w14:textId="77777777" w:rsidTr="00B33467">
         <w:trPr>
           <w:trHeight w:val="1424"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="13EBCBBE" w14:textId="77777777" w:rsidR="000E33DB" w:rsidRPr="00C165EE" w:rsidRDefault="000E33DB" w:rsidP="007D45B2">
             <w:pPr>
               <w:spacing w:before="100" w:after="100"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:id w:val="750006986"/>
             <w:placeholder>
               <w:docPart w:val="85AF096F2DFA4F19A74067BA445651B4"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="9786" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="36CB60D6" w14:textId="4CE0E434" w:rsidR="000E33DB" w:rsidRPr="00C165EE" w:rsidRDefault="00B33467" w:rsidP="00B33467">
                 <w:pPr>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00E031FF">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>enter text</w:t>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t xml:space="preserve"> here</w:t>
                 </w:r>
@@ -2434,66 +2282,67 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">I/we </w:t>
             </w:r>
             <w:r w:rsidR="00D449A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">have viewed the attached plans </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>and provide the following comments:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00476DE8" w14:paraId="658A6DF9" w14:textId="77777777" w:rsidTr="00365FF8">
+      <w:tr w:rsidR="00476DE8" w14:paraId="658A6DF9" w14:textId="77777777" w:rsidTr="009E5F3B">
         <w:trPr>
-          <w:trHeight w:val="4227"/>
+          <w:trHeight w:val="3814"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:id w:val="2112076055"/>
             <w:placeholder>
               <w:docPart w:val="BD4A3C8EFF474649B113A478062C511A"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="10490" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="4A096592" w14:textId="7B3FF9BB" w:rsidR="00476DE8" w:rsidRPr="00C165EE" w:rsidRDefault="00B33467" w:rsidP="00B33467">
                 <w:pPr>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00E031FF">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>enter text</w:t>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t xml:space="preserve"> here</w:t>
                 </w:r>
@@ -2575,86 +2424,142 @@
       <w:r w:rsidRPr="00D449A9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>not</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> considered an approval of the plans, only that you have viewed them.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1269"/>
-        <w:gridCol w:w="3094"/>
+        <w:gridCol w:w="1136"/>
+        <w:gridCol w:w="1958"/>
         <w:gridCol w:w="849"/>
         <w:gridCol w:w="1547"/>
         <w:gridCol w:w="914"/>
         <w:gridCol w:w="2794"/>
       </w:tblGrid>
+      <w:tr w:rsidR="009E5F3B" w14:paraId="6091A375" w14:textId="77777777" w:rsidTr="00887AC6">
+        <w:trPr>
+          <w:trHeight w:val="470"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2405" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="03A7DE06" w14:textId="77777777" w:rsidR="009E5F3B" w:rsidRPr="00C165EE" w:rsidRDefault="009E5F3B" w:rsidP="00887AC6">
+            <w:pPr>
+              <w:spacing w:before="100" w:after="100"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Land owners</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> name(s):</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8062" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w14:paraId="59FD2C19" w14:textId="77777777" w:rsidR="009E5F3B" w:rsidRPr="00C165EE" w:rsidRDefault="009E5F3B" w:rsidP="00887AC6">
+            <w:pPr>
+              <w:spacing w:before="100" w:after="100"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
       <w:tr w:rsidR="00C663CE" w14:paraId="3EDFE5C7" w14:textId="77777777" w:rsidTr="00D449A9">
         <w:trPr>
           <w:trHeight w:val="547"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1269" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="5A81A769" w14:textId="4E00C3C8" w:rsidR="00C663CE" w:rsidRPr="00C165EE" w:rsidRDefault="00C663CE" w:rsidP="00EE0312">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Signed:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3094" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="3B004B53" w14:textId="77777777" w:rsidR="00C663CE" w:rsidRPr="00C165EE" w:rsidRDefault="00C663CE" w:rsidP="00EE0312">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="849" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="15568ED7" w14:textId="5787EF39" w:rsidR="00C663CE" w:rsidRPr="00C165EE" w:rsidRDefault="00C663CE" w:rsidP="00EE0312">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
@@ -2664,50 +2569,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:id w:val="1615172735"/>
             <w:placeholder>
               <w:docPart w:val="1C530A5A34B14C008043BCFE292C54B5"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:date>
               <w:dateFormat w:val="d/MM/yyyy"/>
               <w:lid w:val="en-AU"/>
               <w:storeMappedDataAs w:val="dateTime"/>
               <w:calendar w:val="gregorian"/>
             </w:date>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1547" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="637FB4F7" w14:textId="32FC1049" w:rsidR="00C663CE" w:rsidRPr="00C165EE" w:rsidRDefault="00B33467" w:rsidP="00EE0312">
                 <w:pPr>
                   <w:spacing w:before="60" w:after="60"/>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>enter d</w:t>
                 </w:r>
                 <w:r w:rsidRPr="00E031FF">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>ate</w:t>
@@ -2735,50 +2641,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Phone:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:id w:val="773288188"/>
             <w:placeholder>
               <w:docPart w:val="438B99634BED42EDB716A34317EE313D"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2794" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="34B27FDC" w14:textId="1ADE4108" w:rsidR="00C663CE" w:rsidRPr="00C165EE" w:rsidRDefault="00B33467" w:rsidP="00EE0312">
                 <w:pPr>
                   <w:spacing w:before="60" w:after="60"/>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00E031FF">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>enter text</w:t>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t xml:space="preserve"> here</w:t>
@@ -2789,58 +2696,58 @@
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00C663CE" w14:paraId="3327B7B1" w14:textId="77777777" w:rsidTr="004225DD">
         <w:trPr>
           <w:trHeight w:val="558"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1269" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="4FC72A82" w14:textId="77777777" w:rsidR="00C663CE" w:rsidRPr="00C165EE" w:rsidRDefault="00C663CE" w:rsidP="00EE0312">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Signed:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3094" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="26B68E4D" w14:textId="77777777" w:rsidR="00C663CE" w:rsidRPr="00C165EE" w:rsidRDefault="00C663CE" w:rsidP="00EE0312">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="849" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="447DE7FB" w14:textId="77777777" w:rsidR="00C663CE" w:rsidRPr="00C165EE" w:rsidRDefault="00C663CE" w:rsidP="00EE0312">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
@@ -2850,50 +2757,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:id w:val="1027906533"/>
             <w:placeholder>
               <w:docPart w:val="93010E30BD494B2E84C399FF3E75B0A2"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:date>
               <w:dateFormat w:val="d/MM/yyyy"/>
               <w:lid w:val="en-AU"/>
               <w:storeMappedDataAs w:val="dateTime"/>
               <w:calendar w:val="gregorian"/>
             </w:date>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1547" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="2D395104" w14:textId="1186F052" w:rsidR="00C663CE" w:rsidRPr="00C165EE" w:rsidRDefault="00B33467" w:rsidP="00EE0312">
                 <w:pPr>
                   <w:spacing w:before="60" w:after="60"/>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>enter d</w:t>
                 </w:r>
                 <w:r w:rsidRPr="00E031FF">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>ate</w:t>
@@ -2915,50 +2823,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Phone:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:id w:val="-181602202"/>
             <w:placeholder>
               <w:docPart w:val="784020F5E8834333AE0164CC4A86DD43"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2794" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="2D4B0C68" w14:textId="35BEB9EF" w:rsidR="00C663CE" w:rsidRPr="00C165EE" w:rsidRDefault="00B33467" w:rsidP="00EE0312">
                 <w:pPr>
                   <w:spacing w:before="60" w:after="60"/>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00E031FF">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>enter text</w:t>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t xml:space="preserve"> here</w:t>
@@ -2985,213 +2894,435 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Email:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:id w:val="-1188833234"/>
             <w:placeholder>
               <w:docPart w:val="215A6CFD12D5439DADF4E172A06E3B84"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="9198" w:type="dxa"/>
-                <w:gridSpan w:val="5"/>
+                <w:gridSpan w:val="6"/>
               </w:tcPr>
               <w:p w14:paraId="50D9F6D9" w14:textId="71129D87" w:rsidR="00476DE8" w:rsidRDefault="00B33467" w:rsidP="00EE0312">
                 <w:pPr>
                   <w:spacing w:before="60" w:after="60"/>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00E031FF">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>enter text</w:t>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t xml:space="preserve"> here</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5DDD0C73" w14:textId="05A2FBA3" w:rsidR="001E1986" w:rsidRPr="008B6098" w:rsidRDefault="001E1986" w:rsidP="008B6098">
+    <w:p w14:paraId="5DDD0C73" w14:textId="638948A5" w:rsidR="003429B3" w:rsidRDefault="003429B3" w:rsidP="008B6098">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="4"/>
           <w:szCs w:val="4"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="001E1986" w:rsidRPr="008B6098" w:rsidSect="008B6098">
+    <w:p w14:paraId="24B4C3CD" w14:textId="77777777" w:rsidR="003429B3" w:rsidRDefault="003429B3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="4"/>
+          <w:szCs w:val="4"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="4"/>
+          <w:szCs w:val="4"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A251FB3" w14:textId="77777777" w:rsidR="003429B3" w:rsidRPr="00ED52C0" w:rsidRDefault="003429B3" w:rsidP="003429B3">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED52C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Privacy Collection Notice</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D3DF09E" w14:textId="77777777" w:rsidR="003429B3" w:rsidRPr="00ED52C0" w:rsidRDefault="003429B3" w:rsidP="003429B3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED52C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>The City of Albany collects your personal information to deliver services and meet our legal obligations under relevant laws.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C44A808" w14:textId="77777777" w:rsidR="003429B3" w:rsidRPr="00ED52C0" w:rsidRDefault="003429B3" w:rsidP="003429B3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="10EEEB17" w14:textId="77777777" w:rsidR="003429B3" w:rsidRPr="00ED52C0" w:rsidRDefault="003429B3" w:rsidP="003429B3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED52C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">We handle your information in line with the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED52C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Privacy and Responsible Information Sharing Act 2024</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED52C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>. Your information is stored securely, kept only as long as needed, and may be shared with other government agencies if required or permitted by law.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38BD7CF7" w14:textId="77777777" w:rsidR="003429B3" w:rsidRPr="00ED52C0" w:rsidRDefault="003429B3" w:rsidP="003429B3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4111"/>
+        <w:gridCol w:w="6356"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="003429B3" w14:paraId="1EE95679" w14:textId="77777777" w:rsidTr="003429B3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4111" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="586FDEA1" w14:textId="77777777" w:rsidR="003429B3" w:rsidRDefault="003429B3" w:rsidP="00887AC6">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED52C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>You can request access to or correction of your personal information at any time.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6356" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="56BCAA97" w14:textId="77777777" w:rsidR="003429B3" w:rsidRDefault="003429B3" w:rsidP="00887AC6">
+            <w:pPr>
+              <w:ind w:left="454"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED52C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">City of Albany Privacy Officer </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED52C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Phone: 08 6820 3000</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED52C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Email: prisproject@albany.wa.gov.au</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="232F2ACA" w14:textId="77777777" w:rsidR="001E1986" w:rsidRPr="003429B3" w:rsidRDefault="001E1986" w:rsidP="008B6098">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="001E1986" w:rsidRPr="003429B3" w:rsidSect="008B6098">
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:headerReference w:type="first" r:id="rId10"/>
       <w:footerReference w:type="first" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="720" w:right="709" w:bottom="567" w:left="720" w:header="709" w:footer="340" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="70171F6A" w14:textId="77777777" w:rsidR="006707F9" w:rsidRDefault="006707F9" w:rsidP="00C25948">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="6FF52EA0" w14:textId="77777777" w:rsidR="006707F9" w:rsidRDefault="006707F9" w:rsidP="00C25948">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Gilroy Medium">
-    <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000600000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000207" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000097" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="461D1D22" w14:textId="5FCD04BD" w:rsidR="00C663CE" w:rsidRPr="00C663CE" w:rsidRDefault="00C663CE" w:rsidP="00C663CE">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:ind w:right="-24"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="1892C2"/>
         <w:sz w:val="17"/>
         <w:szCs w:val="17"/>
         <w:u w:val="single"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00422D61">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="1892C2"/>
         <w:sz w:val="17"/>
         <w:szCs w:val="17"/>
       </w:rPr>
       <w:t xml:space="preserve">Pg </w:t>
     </w:r>
     <w:r w:rsidRPr="00422D61">
@@ -3232,51 +3363,51 @@
     </w:r>
     <w:r w:rsidRPr="00422D61">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
         <w:color w:val="1892C2"/>
         <w:sz w:val="17"/>
         <w:szCs w:val="17"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="00422D61">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="1892C2"/>
         <w:sz w:val="17"/>
         <w:szCs w:val="17"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="59E0A975" w14:textId="77777777" w:rsidR="00C663CE" w:rsidRDefault="00C663CE" w:rsidP="00C663CE">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:ind w:right="-24"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rStyle w:val="Hyperlink"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="1892C2"/>
         <w:sz w:val="17"/>
         <w:szCs w:val="17"/>
       </w:rPr>
     </w:pPr>
     <w:bookmarkStart w:id="3" w:name="_Hlk156379922"/>
     <w:bookmarkStart w:id="4" w:name="_Hlk156379923"/>
     <w:bookmarkStart w:id="5" w:name="_Hlk156379924"/>
     <w:bookmarkStart w:id="6" w:name="_Hlk156379925"/>
     <w:bookmarkStart w:id="7" w:name="_Hlk156399389"/>
     <w:bookmarkStart w:id="8" w:name="_Hlk156399390"/>
     <w:r w:rsidRPr="00544560">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -3361,202 +3492,96 @@
       </w:rPr>
       <w:sym w:font="Symbol" w:char="F0BD"/>
     </w:r>
     <w:r w:rsidRPr="00544560">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="1892C2"/>
         <w:sz w:val="17"/>
         <w:szCs w:val="17"/>
       </w:rPr>
       <w:t xml:space="preserve">e: </w:t>
     </w:r>
     <w:hyperlink r:id="rId2" w:history="1">
       <w:r w:rsidRPr="00544560">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="1892C2"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t>staff@albany.wa.gov.au</w:t>
       </w:r>
     </w:hyperlink>
   </w:p>
-  <w:p w14:paraId="1AD1CF4A" w14:textId="7C6797C8" w:rsidR="00C663CE" w:rsidRPr="002D1B0C" w:rsidRDefault="00496A55" w:rsidP="00C663CE">
-[...110 lines deleted...]
-  </w:p>
+  <w:bookmarkEnd w:id="3"/>
+  <w:bookmarkEnd w:id="4"/>
+  <w:bookmarkEnd w:id="5"/>
+  <w:bookmarkEnd w:id="6"/>
+  <w:bookmarkEnd w:id="7"/>
+  <w:bookmarkEnd w:id="8"/>
   <w:p w14:paraId="354D9891" w14:textId="77777777" w:rsidR="00654FF1" w:rsidRPr="00654FF1" w:rsidRDefault="00654FF1" w:rsidP="00654FF1">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:ind w:left="-567"/>
       <w:rPr>
         <w:sz w:val="10"/>
         <w:szCs w:val="10"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="7D387B5A" w14:textId="77777777" w:rsidR="006707F9" w:rsidRDefault="006707F9" w:rsidP="00C25948">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="2A66B36D" w14:textId="77777777" w:rsidR="006707F9" w:rsidRDefault="006707F9" w:rsidP="00C25948">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1779095F" w14:textId="77777777" w:rsidR="00C663CE" w:rsidRPr="00407B85" w:rsidRDefault="00C663CE" w:rsidP="00C663CE">
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:bookmarkStart w:id="1" w:name="_Hlk156399366"/>
     <w:bookmarkStart w:id="2" w:name="_Hlk156399367"/>
     <w:r w:rsidRPr="00407B85">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="385C673C" wp14:editId="001AC9F6">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
@@ -3610,75 +3635,114 @@
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p w14:paraId="19692DA6" w14:textId="77777777" w:rsidR="00C663CE" w:rsidRPr="00407B85" w:rsidRDefault="00C663CE" w:rsidP="00C663CE">
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="7308EC41" w14:textId="77777777" w:rsidR="00C663CE" w:rsidRPr="00407B85" w:rsidRDefault="00C663CE" w:rsidP="00C663CE">
+  <w:bookmarkEnd w:id="1"/>
+  <w:bookmarkEnd w:id="2"/>
+  <w:p w14:paraId="271385BD" w14:textId="76F52C30" w:rsidR="009E5F3B" w:rsidRDefault="009E5F3B" w:rsidP="009E5F3B">
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="right"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="00B7288C">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t>IAR.119.1.</w:t>
+    </w:r>
+    <w:r w:rsidR="00740AA8">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t>05/12</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00B7288C">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t>/2025 OFFICIAL</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="32FE697F" w14:textId="77777777" w:rsidR="009E5F3B" w:rsidRPr="00B7288C" w:rsidRDefault="009E5F3B" w:rsidP="009E5F3B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="18" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
+        <w:sz w:val="10"/>
+        <w:szCs w:val="10"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:bookmarkEnd w:id="1"/>
-  <w:bookmarkEnd w:id="2"/>
   <w:p w14:paraId="06056179" w14:textId="77777777" w:rsidR="00C663CE" w:rsidRDefault="00C663CE">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="02646347"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CEC28B6A"/>
     <w:lvl w:ilvl="0" w:tplc="7062B776">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5062,264 +5126,278 @@
   <w:num w:numId="7" w16cid:durableId="1007488869">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="800273408">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1198086667">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="984046795">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="23291816">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="954872778">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1404792397">
     <w:abstractNumId w:val="11"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="160"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="140"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1"/>
+  <w:documentProtection w:edit="forms" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005A6C02"/>
     <w:rsid w:val="00002D54"/>
     <w:rsid w:val="00005D60"/>
     <w:rsid w:val="00014301"/>
     <w:rsid w:val="0002388A"/>
     <w:rsid w:val="00040F25"/>
     <w:rsid w:val="000456B0"/>
     <w:rsid w:val="00063D58"/>
     <w:rsid w:val="0007399D"/>
+    <w:rsid w:val="0009312C"/>
     <w:rsid w:val="000D047F"/>
     <w:rsid w:val="000D312B"/>
     <w:rsid w:val="000D433D"/>
     <w:rsid w:val="000E2D0F"/>
     <w:rsid w:val="000E33DB"/>
     <w:rsid w:val="000F3E63"/>
     <w:rsid w:val="00106682"/>
     <w:rsid w:val="00121203"/>
     <w:rsid w:val="00123FD7"/>
     <w:rsid w:val="0012707B"/>
     <w:rsid w:val="001635B8"/>
     <w:rsid w:val="001932D2"/>
     <w:rsid w:val="001A33FC"/>
     <w:rsid w:val="001E1986"/>
     <w:rsid w:val="001F39D5"/>
     <w:rsid w:val="00204A00"/>
     <w:rsid w:val="002149F5"/>
     <w:rsid w:val="00216A63"/>
     <w:rsid w:val="00236E93"/>
     <w:rsid w:val="002370E8"/>
     <w:rsid w:val="0028347A"/>
     <w:rsid w:val="002A7265"/>
     <w:rsid w:val="002B1D91"/>
     <w:rsid w:val="002B58B5"/>
     <w:rsid w:val="002D1B0C"/>
     <w:rsid w:val="002D3785"/>
     <w:rsid w:val="002E621C"/>
     <w:rsid w:val="002E6B54"/>
     <w:rsid w:val="00304561"/>
     <w:rsid w:val="00321E75"/>
     <w:rsid w:val="00323B0A"/>
     <w:rsid w:val="003401F7"/>
+    <w:rsid w:val="003429B3"/>
+    <w:rsid w:val="00343978"/>
     <w:rsid w:val="00345459"/>
     <w:rsid w:val="0034775B"/>
     <w:rsid w:val="00365FF8"/>
     <w:rsid w:val="00384CD7"/>
     <w:rsid w:val="003971C6"/>
     <w:rsid w:val="003B61AB"/>
     <w:rsid w:val="00407B85"/>
     <w:rsid w:val="004128D4"/>
     <w:rsid w:val="004225DD"/>
     <w:rsid w:val="00422D61"/>
     <w:rsid w:val="00435725"/>
     <w:rsid w:val="00460E1C"/>
     <w:rsid w:val="004661AA"/>
     <w:rsid w:val="00471D58"/>
     <w:rsid w:val="00476DE8"/>
     <w:rsid w:val="00486558"/>
     <w:rsid w:val="00496A55"/>
     <w:rsid w:val="004A210F"/>
     <w:rsid w:val="004A5905"/>
     <w:rsid w:val="004D10B5"/>
     <w:rsid w:val="004F6ED0"/>
     <w:rsid w:val="00505B7C"/>
     <w:rsid w:val="00544560"/>
     <w:rsid w:val="0055222F"/>
     <w:rsid w:val="00555DE0"/>
     <w:rsid w:val="00560EF1"/>
     <w:rsid w:val="005927EB"/>
     <w:rsid w:val="005A6C02"/>
     <w:rsid w:val="005C5B32"/>
     <w:rsid w:val="005C5CD1"/>
     <w:rsid w:val="005D348A"/>
+    <w:rsid w:val="005E7D85"/>
     <w:rsid w:val="00601875"/>
     <w:rsid w:val="00613875"/>
     <w:rsid w:val="0065340F"/>
     <w:rsid w:val="00654FF1"/>
     <w:rsid w:val="006707F9"/>
     <w:rsid w:val="00682F2F"/>
     <w:rsid w:val="006B3838"/>
     <w:rsid w:val="006D7143"/>
     <w:rsid w:val="006F1C29"/>
     <w:rsid w:val="006F31CA"/>
+    <w:rsid w:val="00740AA8"/>
     <w:rsid w:val="007537E7"/>
     <w:rsid w:val="007631DA"/>
     <w:rsid w:val="00770ADE"/>
     <w:rsid w:val="00780C62"/>
     <w:rsid w:val="007844AC"/>
     <w:rsid w:val="00786E59"/>
     <w:rsid w:val="007D3CF3"/>
+    <w:rsid w:val="007F3CB8"/>
     <w:rsid w:val="00802A02"/>
     <w:rsid w:val="0082422E"/>
     <w:rsid w:val="00836583"/>
     <w:rsid w:val="008B6098"/>
     <w:rsid w:val="008E568A"/>
     <w:rsid w:val="008E72BA"/>
     <w:rsid w:val="009412C1"/>
     <w:rsid w:val="00991E53"/>
     <w:rsid w:val="009A1B29"/>
     <w:rsid w:val="009A1F32"/>
     <w:rsid w:val="009E1164"/>
+    <w:rsid w:val="009E5F3B"/>
     <w:rsid w:val="009F5D9F"/>
     <w:rsid w:val="00A00C29"/>
     <w:rsid w:val="00A05349"/>
     <w:rsid w:val="00A27835"/>
     <w:rsid w:val="00A44E2D"/>
     <w:rsid w:val="00A71A64"/>
     <w:rsid w:val="00A8669B"/>
     <w:rsid w:val="00AC5AB9"/>
     <w:rsid w:val="00AD2237"/>
     <w:rsid w:val="00B156D5"/>
     <w:rsid w:val="00B17F04"/>
     <w:rsid w:val="00B21F0E"/>
     <w:rsid w:val="00B33467"/>
     <w:rsid w:val="00B43852"/>
     <w:rsid w:val="00B51E0C"/>
     <w:rsid w:val="00B77863"/>
+    <w:rsid w:val="00B83F86"/>
     <w:rsid w:val="00B93798"/>
     <w:rsid w:val="00BA2583"/>
     <w:rsid w:val="00BD3A9F"/>
     <w:rsid w:val="00BF155F"/>
     <w:rsid w:val="00C165EE"/>
     <w:rsid w:val="00C20602"/>
     <w:rsid w:val="00C25948"/>
+    <w:rsid w:val="00C42F72"/>
+    <w:rsid w:val="00C5072C"/>
     <w:rsid w:val="00C663CE"/>
     <w:rsid w:val="00C85FBB"/>
+    <w:rsid w:val="00CB3D9F"/>
     <w:rsid w:val="00CC725B"/>
     <w:rsid w:val="00CE4F56"/>
     <w:rsid w:val="00CF0B28"/>
+    <w:rsid w:val="00D01C71"/>
     <w:rsid w:val="00D32D20"/>
     <w:rsid w:val="00D449A9"/>
     <w:rsid w:val="00D82404"/>
     <w:rsid w:val="00D9369C"/>
     <w:rsid w:val="00D97270"/>
     <w:rsid w:val="00DC4F06"/>
     <w:rsid w:val="00DD62A4"/>
     <w:rsid w:val="00DE77BF"/>
     <w:rsid w:val="00E041FA"/>
     <w:rsid w:val="00E142A8"/>
     <w:rsid w:val="00E34510"/>
+    <w:rsid w:val="00E35691"/>
+    <w:rsid w:val="00E537A6"/>
     <w:rsid w:val="00E629E1"/>
     <w:rsid w:val="00E65687"/>
     <w:rsid w:val="00E95BA2"/>
     <w:rsid w:val="00EC70B5"/>
     <w:rsid w:val="00EE0312"/>
     <w:rsid w:val="00EE6E46"/>
     <w:rsid w:val="00EF720B"/>
     <w:rsid w:val="00F23EFE"/>
     <w:rsid w:val="00F40528"/>
     <w:rsid w:val="00F408C3"/>
     <w:rsid w:val="00F551AE"/>
     <w:rsid w:val="00F62DB7"/>
     <w:rsid w:val="00F674EA"/>
     <w:rsid w:val="00F94E36"/>
     <w:rsid w:val="00FA1D9B"/>
     <w:rsid w:val="00FE7FBA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="6CDB70AA"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{FFD71408-1144-4F09-8DE2-02A90FF184B3}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-AU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -6587,102 +6665,102 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00321E75"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00365FF8"/>
     <w:rPr>
       <w:color w:val="666666"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1288315638">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1367949926">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:planning@albany.wa.gov.au" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:staff@albany.wa.gov.au" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.albany.wa.gov.au" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="C02D8D6526FE446AA3196DE0A49A4D93"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{F76CCAAC-867C-416D-AAF0-FCE80F55D870}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="008230D8" w:rsidRDefault="008230D8" w:rsidP="008230D8">
           <w:pPr>
             <w:pStyle w:val="C02D8D6526FE446AA3196DE0A49A4D931"/>
           </w:pPr>
           <w:r w:rsidRPr="00E031FF">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
@@ -6735,85 +6813,50 @@
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="23599A3E6FFB484E8470962FDA8F8FCD"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{D24791F2-2D62-4440-B642-01814FF0225A}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="008230D8" w:rsidRDefault="008230D8" w:rsidP="008230D8">
           <w:pPr>
             <w:pStyle w:val="23599A3E6FFB484E8470962FDA8F8FCD1"/>
           </w:pPr>
           <w:r w:rsidRPr="00E031FF">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>enter a date</w:t>
-          </w:r>
-[...33 lines deleted...]
-            <w:t xml:space="preserve"> here</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DCE9F5D51B364E18A851FE90913787BD"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{39F2D38D-B09C-4EE3-8DD1-865370248592}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="008230D8" w:rsidRDefault="008230D8" w:rsidP="008230D8">
           <w:pPr>
             <w:pStyle w:val="DCE9F5D51B364E18A851FE90913787BD1"/>
           </w:pPr>
           <w:r w:rsidRPr="00E031FF">
@@ -6933,120 +6976,50 @@
             </w:rPr>
             <w:t xml:space="preserve"> here</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="A6D0332ACD1E4BF7AC57A16A43F94B8C"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{F552C83C-9405-488A-870F-A7F919D86E20}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="008230D8" w:rsidRDefault="008230D8" w:rsidP="008230D8">
           <w:pPr>
             <w:pStyle w:val="A6D0332ACD1E4BF7AC57A16A43F94B8C1"/>
-          </w:pPr>
-[...68 lines deleted...]
-            <w:pStyle w:val="BE2BA4FDA89741AB890D8B01569826921"/>
           </w:pPr>
           <w:r w:rsidRPr="00E031FF">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>enter text</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t xml:space="preserve"> here</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="335BD09222374BBDBC520158DB2702C1"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
@@ -7515,187 +7488,228 @@
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{11C2A428-1DB4-454B-A375-1159A0DC0DD3}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="008230D8" w:rsidRDefault="008230D8" w:rsidP="008230D8">
           <w:pPr>
             <w:pStyle w:val="215A6CFD12D5439DADF4E172A06E3B841"/>
           </w:pPr>
           <w:r w:rsidRPr="00E031FF">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>enter text</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t xml:space="preserve"> here</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="1CD1D4BC0F754C889302D592A7DCE8ED"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{546ECE38-EE67-42D4-B61F-EEA84EF3275C}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00AC4530" w:rsidRDefault="00AC4530" w:rsidP="00AC4530">
+          <w:pPr>
+            <w:pStyle w:val="1CD1D4BC0F754C889302D592A7DCE8ED"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00E031FF">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>enter text</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> here</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Gilroy Medium">
-    <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000600000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000207" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000097" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:formatting="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008230D8"/>
+    <w:rsid w:val="0009312C"/>
     <w:rsid w:val="007D3CF3"/>
     <w:rsid w:val="008230D8"/>
+    <w:rsid w:val="00AC4530"/>
+    <w:rsid w:val="00B83F86"/>
+    <w:rsid w:val="00C42F72"/>
+    <w:rsid w:val="00C5072C"/>
+    <w:rsid w:val="00CB3D9F"/>
+    <w:rsid w:val="00D01C71"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-AU" w:eastAsia="en-AU" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -8083,453 +8097,89 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="008230D8"/>
+    <w:rsid w:val="00AC4530"/>
     <w:rPr>
       <w:color w:val="666666"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="76A6E7B6805A4AFDA0BC5F9656EAAC5D">
-[...351 lines deleted...]
-    </w:rPr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1CD1D4BC0F754C889302D592A7DCE8ED">
+    <w:name w:val="1CD1D4BC0F754C889302D592A7DCE8ED"/>
+    <w:rsid w:val="00AC4530"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="C02D8D6526FE446AA3196DE0A49A4D931">
     <w:name w:val="C02D8D6526FE446AA3196DE0A49A4D931"/>
     <w:rsid w:val="008230D8"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="DFA3F78878D946CFAC1BED795B99B3371">
     <w:name w:val="DFA3F78878D946CFAC1BED795B99B3371"/>
     <w:rsid w:val="008230D8"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="23599A3E6FFB484E8470962FDA8F8FCD1">
     <w:name w:val="23599A3E6FFB484E8470962FDA8F8FCD1"/>
-    <w:rsid w:val="008230D8"/>
-[...12 lines deleted...]
-    <w:name w:val="4A6A26685FC94321ACA5D484B070B6A01"/>
     <w:rsid w:val="008230D8"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="DCE9F5D51B364E18A851FE90913787BD1">
     <w:name w:val="DCE9F5D51B364E18A851FE90913787BD1"/>
     <w:rsid w:val="008230D8"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
@@ -8556,78 +8206,50 @@
     </w:pPr>
     <w:rPr>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="9F2C05299D4F455BAA13A6F206D13D171">
     <w:name w:val="9F2C05299D4F455BAA13A6F206D13D171"/>
     <w:rsid w:val="008230D8"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="A6D0332ACD1E4BF7AC57A16A43F94B8C1">
     <w:name w:val="A6D0332ACD1E4BF7AC57A16A43F94B8C1"/>
-    <w:rsid w:val="008230D8"/>
-[...26 lines deleted...]
-    <w:name w:val="BE2BA4FDA89741AB890D8B01569826921"/>
     <w:rsid w:val="008230D8"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="335BD09222374BBDBC520158DB2702C11">
     <w:name w:val="335BD09222374BBDBC520158DB2702C11"/>
     <w:rsid w:val="008230D8"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
@@ -8796,51 +8418,51 @@
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="215A6CFD12D5439DADF4E172A06E3B841">
     <w:name w:val="215A6CFD12D5439DADF4E172A06E3B841"/>
     <w:rsid w:val="008230D8"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
@@ -9105,76 +8727,76 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7CC33C3F-CC46-4599-B26B-B509378843C1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>2479</Characters>
+  <Pages>3</Pages>
+  <Words>510</Words>
+  <Characters>2738</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>20</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>119</Lines>
+  <Paragraphs>75</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2908</CharactersWithSpaces>
+  <CharactersWithSpaces>3183</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Yvette Robb</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="SynergySoftUID">
     <vt:lpwstr>K5A4F6180</vt:lpwstr>